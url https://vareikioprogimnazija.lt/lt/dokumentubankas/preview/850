--- v0 (2025-10-14)
+++ v1 (2026-01-14)
@@ -575,52 +575,50 @@
         </w:rPr>
         <w:t>asmens telefono numeris, elektroninio pašto adresas</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="020AA9ED" w14:textId="52A02EDE" w:rsidR="00FB63EE" w:rsidRDefault="00FB63EE" w:rsidP="0029549A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6632EDE3" w14:textId="77777777" w:rsidR="009B2850" w:rsidRPr="00FB63EE" w:rsidRDefault="009B2850" w:rsidP="0029549A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="31E39CE0" w14:textId="6DE0A722" w:rsidR="0053000E" w:rsidRDefault="00DB60B6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F32D9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Jonavos </w:t>
       </w:r>
       <w:r w:rsidR="00C07D01">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Justino Vareikio pro</w:t>
       </w:r>
@@ -4970,87 +4968,105 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="24AA6241" w14:textId="09CE7498" w:rsidR="004A5A5C" w:rsidRDefault="004A5A5C" w:rsidP="00E678FA">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2ABED54D" w14:textId="77777777" w:rsidR="00F8321E" w:rsidRPr="007F4B48" w:rsidRDefault="00F8321E" w:rsidP="00585C15">
+    <w:p w14:paraId="2ABED54D" w14:textId="403473B8" w:rsidR="00F8321E" w:rsidRPr="007F4B48" w:rsidRDefault="00F8321E" w:rsidP="00585C15">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A67025">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Įsipareigojame</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> nutraukus veiklą, kurios vykdymui buvo be konkurso išnuomotas savivaldybės turtas, nedelsiant apie tai informuoti Jonavos rajono savivaldybės administraciją. </w:t>
+        <w:t xml:space="preserve"> nutraukus veiklą, kurios vykdymui buvo be konkurso išnuomotas savivaldybės turtas, nedelsiant apie tai informuoti Jonavos </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE40EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Justino Vareikio progimnazijos </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">administraciją. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="505B933B" w14:textId="642C181F" w:rsidR="00F8321E" w:rsidRDefault="00F8321E" w:rsidP="00585C15">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0AA6475D" w14:textId="280C760E" w:rsidR="00F8321E" w:rsidRDefault="00F8321E" w:rsidP="00E678FA">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
@@ -5121,120 +5137,120 @@
         <w:t>Pareiškėją atstovaujančio asmens vardas, pavardė, pareigos arba kitas juridinio asmens atstovavimo pagrindas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir parašas</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00E678FA" w:rsidSect="00F8321E">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="709" w:right="566" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0FC36163" w14:textId="77777777" w:rsidR="00FA5698" w:rsidRDefault="00FA5698" w:rsidP="006A523D">
+    <w:p w14:paraId="03E3C443" w14:textId="77777777" w:rsidR="009720D2" w:rsidRDefault="009720D2" w:rsidP="006A523D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0B304F6E" w14:textId="77777777" w:rsidR="00FA5698" w:rsidRDefault="00FA5698" w:rsidP="006A523D">
+    <w:p w14:paraId="422E45CF" w14:textId="77777777" w:rsidR="009720D2" w:rsidRDefault="009720D2" w:rsidP="006A523D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5A9136B5" w14:textId="77777777" w:rsidR="00FA5698" w:rsidRDefault="00FA5698" w:rsidP="006A523D">
+    <w:p w14:paraId="48DF6233" w14:textId="77777777" w:rsidR="009720D2" w:rsidRDefault="009720D2" w:rsidP="006A523D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0360A9CF" w14:textId="77777777" w:rsidR="00FA5698" w:rsidRDefault="00FA5698" w:rsidP="006A523D">
+    <w:p w14:paraId="3EB38C2A" w14:textId="77777777" w:rsidR="009720D2" w:rsidRDefault="009720D2" w:rsidP="006A523D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="095543AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1A5EE64C"/>
     <w:lvl w:ilvl="0" w:tplc="0427000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -5784,96 +5800,98 @@
     <w:rsid w:val="006A523D"/>
     <w:rsid w:val="006B137A"/>
     <w:rsid w:val="006F2C56"/>
     <w:rsid w:val="006F3A43"/>
     <w:rsid w:val="00704E22"/>
     <w:rsid w:val="007070F5"/>
     <w:rsid w:val="007220EA"/>
     <w:rsid w:val="0072212D"/>
     <w:rsid w:val="00757853"/>
     <w:rsid w:val="00764310"/>
     <w:rsid w:val="007A0224"/>
     <w:rsid w:val="007F2C9F"/>
     <w:rsid w:val="007F4B48"/>
     <w:rsid w:val="00867301"/>
     <w:rsid w:val="00871864"/>
     <w:rsid w:val="00877632"/>
     <w:rsid w:val="008820D5"/>
     <w:rsid w:val="008843E3"/>
     <w:rsid w:val="008A3628"/>
     <w:rsid w:val="008B09DE"/>
     <w:rsid w:val="008D36C6"/>
     <w:rsid w:val="008D43B6"/>
     <w:rsid w:val="00906B88"/>
     <w:rsid w:val="00931C12"/>
     <w:rsid w:val="009668AD"/>
+    <w:rsid w:val="009720D2"/>
     <w:rsid w:val="009B2850"/>
     <w:rsid w:val="009C3741"/>
     <w:rsid w:val="009D336E"/>
     <w:rsid w:val="009E0E15"/>
     <w:rsid w:val="00A178B2"/>
     <w:rsid w:val="00A30AF9"/>
     <w:rsid w:val="00A622AB"/>
     <w:rsid w:val="00A67025"/>
     <w:rsid w:val="00A926AB"/>
     <w:rsid w:val="00A9319D"/>
     <w:rsid w:val="00AA4F97"/>
     <w:rsid w:val="00AD6C90"/>
     <w:rsid w:val="00AE6F15"/>
     <w:rsid w:val="00B32A7C"/>
     <w:rsid w:val="00B6472A"/>
     <w:rsid w:val="00B80D36"/>
     <w:rsid w:val="00BD1F13"/>
     <w:rsid w:val="00C07D01"/>
     <w:rsid w:val="00C2308E"/>
     <w:rsid w:val="00C539DD"/>
     <w:rsid w:val="00C546FE"/>
     <w:rsid w:val="00C57745"/>
     <w:rsid w:val="00C60E11"/>
     <w:rsid w:val="00C7597F"/>
     <w:rsid w:val="00C91CD7"/>
     <w:rsid w:val="00CC0BB1"/>
     <w:rsid w:val="00CC3817"/>
     <w:rsid w:val="00CD21AE"/>
     <w:rsid w:val="00D12E9B"/>
     <w:rsid w:val="00D46FD4"/>
     <w:rsid w:val="00D7224E"/>
     <w:rsid w:val="00D73277"/>
     <w:rsid w:val="00D90A08"/>
     <w:rsid w:val="00D97609"/>
     <w:rsid w:val="00DA5D3A"/>
     <w:rsid w:val="00DB60B6"/>
     <w:rsid w:val="00DB7BDB"/>
     <w:rsid w:val="00DD7375"/>
     <w:rsid w:val="00E16AA3"/>
     <w:rsid w:val="00E67437"/>
     <w:rsid w:val="00E678FA"/>
     <w:rsid w:val="00E80E12"/>
     <w:rsid w:val="00E819B9"/>
     <w:rsid w:val="00E968BF"/>
     <w:rsid w:val="00EB7631"/>
     <w:rsid w:val="00ED72A8"/>
+    <w:rsid w:val="00EE40EA"/>
     <w:rsid w:val="00F147C4"/>
     <w:rsid w:val="00F361EB"/>
     <w:rsid w:val="00F8321E"/>
     <w:rsid w:val="00F9100E"/>
     <w:rsid w:val="00FA5698"/>
     <w:rsid w:val="00FB63EE"/>
     <w:rsid w:val="00FC507B"/>
     <w:rsid w:val="00FD1477"/>
     <w:rsid w:val="00FF1E0D"/>
     <w:rsid w:val="00FF6FFD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
@@ -6777,82 +6795,82 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F492B984-71E1-417C-ABB8-2FA5A0A06F48}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{82911E62-E741-4850-B79D-142B9F7E0443}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>4112</Words>
-  <Characters>2344</Characters>
+  <Words>4119</Words>
+  <Characters>2348</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>19</Lines>
   <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6444</CharactersWithSpaces>
+  <CharactersWithSpaces>6455</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Jolita Gumaniukienė</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>