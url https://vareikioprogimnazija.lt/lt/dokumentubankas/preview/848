--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -2,303 +2,226 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Vareikis\Desktop\Mano\Sutartys; NUOMOS; PANAUDOS\Nuomos\Sukelta į el. svetainę\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Vareikis\Desktop\Mano\ATASKAITOS\NEKILNOJAMO TURTO ATASKAITOS (el puslapyje)\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="11808" windowHeight="9120" tabRatio="876"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12624" tabRatio="876"/>
   </bookViews>
   <sheets>
-    <sheet name="2024-2025 m." sheetId="21" r:id="rId1"/>
+    <sheet name="2025-2026 m." sheetId="21" r:id="rId1"/>
   </sheets>
   <calcPr calcId="152511"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="126" uniqueCount="64">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="68" uniqueCount="41">
   <si>
     <t>Sutarties rūšis</t>
   </si>
   <si>
     <t>Sutarties numeris</t>
   </si>
   <si>
     <t>Sutarties data</t>
   </si>
   <si>
     <t>Unikalus numeris</t>
   </si>
   <si>
     <t>Adresas</t>
   </si>
   <si>
     <t>Sutarties šalys</t>
   </si>
   <si>
     <t>Sutarties galiojimo terminas</t>
   </si>
   <si>
     <t>Sutarties teisinis pagrindas</t>
   </si>
   <si>
     <t>Sutarties kaina (Eur)</t>
   </si>
   <si>
     <t>Plotas (kv. m)</t>
   </si>
   <si>
     <t>Nuomos</t>
   </si>
   <si>
     <t>4698-0009-7017</t>
   </si>
   <si>
     <t>Chemikų  g. 138, Jonava</t>
   </si>
   <si>
-    <t>Nuomotojas -  Jonavos Justino Vareikio progimnazija, nuomininkas - VŠĮ ,,Tolerancija ir fizinės gerovės ugdymo centras"</t>
-[...19 lines deleted...]
-  <si>
     <t xml:space="preserve">LR valstybės ir savivaldybių turto valdymo, naudojimo ir disponavimo juo įstatymo, 14 str. 2 d. </t>
   </si>
   <si>
-    <t>ŪP4-19</t>
-[...4 lines deleted...]
-  <si>
     <t>Nuomotojas -  Jonavos Justino Vareikio progimnazija, nuomininkas - VŠĮ aerobinės gimnastikos klubas ,,Ieva"</t>
   </si>
   <si>
-    <t>ŪP4-20</t>
-[...4 lines deleted...]
-  <si>
     <t>Nuomotojas -  Jonavos Justino Vareikio progimnazija, nuomininkas - VŠĮ AERO GYM</t>
   </si>
   <si>
-    <t>ŪP4-23</t>
-[...31 lines deleted...]
-  <si>
     <t>Sutarties Nr.7</t>
   </si>
   <si>
     <t>60 eur</t>
   </si>
   <si>
     <t>Nuomotojas -  Jonavos Justino Vareikio progimnazija, nuomininkas - UAB ,,Euroautomatai"</t>
   </si>
   <si>
     <t xml:space="preserve"> Konkurso komisijos 2022-11-23 sprendimas, LR valstybės ir savivaldybių turto valdymo, naudojimo ir disponavimo juo įstatymo 15 str. 2 d.</t>
   </si>
   <si>
     <t>Nuoma</t>
   </si>
   <si>
     <t>2024-11-30 (pratęsta)</t>
   </si>
   <si>
-    <t xml:space="preserve">Informacija apie Jonavos Justino Vareikio progimnazijos 2024-2025 m. sudarytas  nekilnojamojo turto panaudos, nuomos, pirkimo-pardavimo, patikėjimo sutartis </t>
-[...1 lines deleted...]
-  <si>
     <t>ŪP4-20/2025</t>
   </si>
   <si>
     <t>II - 14.00-18.00                                III - 14.00 - 18.00        IV - 14.00-18.30          V - 12.00-16.00              100 eurų</t>
   </si>
   <si>
-    <t>ŪP4-22/2025</t>
-[...7 lines deleted...]
-  <si>
     <t>ŪP4-23/2025</t>
   </si>
   <si>
     <t>II - 18.00-20.00                              IV - 18.00-20                      120 eurų</t>
   </si>
   <si>
     <t>2026-06-31</t>
   </si>
   <si>
     <t>ŪP4-24/2025</t>
   </si>
   <si>
     <t>I -16.00-20.00                    II - 16.00-18.00                                III - 16.00 - 20.00        IV - 16.00-18.00          V - 16.00-20.00              200 eurų</t>
   </si>
   <si>
     <t>Nuomotoja - Jonavos Justino Vareikio progimnazija, Nuomininkas - VŠĮ ,,Robotikos akademija"</t>
   </si>
   <si>
     <t>ŪP4-26/2025</t>
   </si>
   <si>
     <t>ŪP4-27/2025</t>
   </si>
   <si>
     <t>II - 14.15-17.15                         40 eurų</t>
   </si>
   <si>
     <t>Nuomotoja - Jonavos Justino Vareikio progimnazija, Nuomininkas - VŠĮ ,,Tolerancija ir fizinės gerovės centras</t>
   </si>
   <si>
     <t>I -  12.00-13.30 (73)       I - 13.00 - 14.30 (76)     II -  13.00-14.30 (74)     30 eurų</t>
   </si>
   <si>
     <t>ŪP4-28/2025</t>
   </si>
   <si>
     <t>IV - 19.00 - 21.00         40 eurų</t>
   </si>
   <si>
     <t>Nuomotoja - Jonavos Justino Vareikio progimnazija, Nuomininkas - Laisvalaikio ir sporto klubas ,,Titmaras"</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Informacija apie Jonavos Justino Vareikio progimnazijos 2025-2026 m. sudarytas  nekilnojamojo turto panaudos, nuomos, pirkimo-pardavimo, patikėjimo sutartis </t>
+  </si>
+  <si>
+    <t>ŪP4-14</t>
+  </si>
+  <si>
+    <t>Nuomotojas -  Jonavos Justino Vareikio progimnazija, nuomininkas - UAB ,,Lanėja"</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <fonts count="5" x14ac:knownFonts="1">
+  <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="14"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
-    <font>
-[...6 lines deleted...]
-    </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="6">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
@@ -319,155 +242,138 @@
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
-      <right style="thin">
-[...2 lines deleted...]
-      <top style="thin">
+      <right/>
+      <top style="medium">
         <color indexed="64"/>
       </top>
-      <bottom/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
-      <top/>
-      <bottom/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="28">
+  <cellXfs count="21">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...22 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Įprastas" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
@@ -748,661 +654,405 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:J19"/>
+  <dimension ref="A1:J11"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A12" zoomScale="82" zoomScaleNormal="82" workbookViewId="0">
-      <selection activeCell="J26" sqref="J26"/>
+    <sheetView tabSelected="1" zoomScale="82" zoomScaleNormal="82" workbookViewId="0">
+      <selection activeCell="D6" sqref="D6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="17.44140625" customWidth="1"/>
     <col min="2" max="2" width="15.88671875" customWidth="1"/>
     <col min="3" max="3" width="14.109375" customWidth="1"/>
-    <col min="4" max="4" width="12.88671875" style="10" customWidth="1"/>
+    <col min="4" max="4" width="12.88671875" style="8" customWidth="1"/>
     <col min="5" max="5" width="31.88671875" customWidth="1"/>
     <col min="6" max="6" width="21.44140625" customWidth="1"/>
     <col min="7" max="7" width="31.33203125" customWidth="1"/>
     <col min="8" max="8" width="26.44140625" customWidth="1"/>
     <col min="9" max="9" width="14.109375" customWidth="1"/>
     <col min="10" max="10" width="32" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="18" x14ac:dyDescent="0.3">
-      <c r="A1" s="26" t="s">
-[...10 lines deleted...]
-      <c r="J1" s="26"/>
+      <c r="A1" s="16" t="s">
+        <v>38</v>
+      </c>
+      <c r="B1" s="16"/>
+      <c r="C1" s="16"/>
+      <c r="D1" s="16"/>
+      <c r="E1" s="16"/>
+      <c r="F1" s="16"/>
+      <c r="G1" s="16"/>
+      <c r="H1" s="16"/>
+      <c r="I1" s="16"/>
+      <c r="J1" s="16"/>
     </row>
     <row r="2" spans="1:10" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A2" s="4"/>
-[...8 lines deleted...]
-      <c r="J2" s="5"/>
+      <c r="A2" s="3"/>
+      <c r="B2" s="4"/>
+      <c r="C2" s="4"/>
+      <c r="D2" s="4"/>
+      <c r="E2" s="4"/>
+      <c r="F2" s="4"/>
+      <c r="G2" s="4"/>
+      <c r="H2" s="4"/>
+      <c r="I2" s="4"/>
+      <c r="J2" s="4"/>
     </row>
     <row r="3" spans="1:10" ht="47.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A3" s="6" t="s">
+      <c r="A3" s="5" t="s">
         <v>2</v>
       </c>
-      <c r="B3" s="7" t="s">
+      <c r="B3" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="C3" s="7" t="s">
+      <c r="C3" s="6" t="s">
         <v>1</v>
       </c>
-      <c r="D3" s="7" t="s">
+      <c r="D3" s="6" t="s">
         <v>0</v>
       </c>
-      <c r="E3" s="7" t="s">
+      <c r="E3" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="F3" s="7" t="s">
+      <c r="F3" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="G3" s="7" t="s">
+      <c r="G3" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="H3" s="7" t="s">
+      <c r="H3" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="I3" s="7" t="s">
+      <c r="I3" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="J3" s="8" t="s">
+      <c r="J3" s="7" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="4" spans="1:10" ht="78" x14ac:dyDescent="0.3">
-[...12 lines deleted...]
-      <c r="E4" s="10" t="s">
+    <row r="4" spans="1:10" ht="72" x14ac:dyDescent="0.3">
+      <c r="A4" s="18">
+        <v>45170</v>
+      </c>
+      <c r="B4" s="19">
+        <v>46996</v>
+      </c>
+      <c r="C4" s="20" t="s">
+        <v>39</v>
+      </c>
+      <c r="D4" s="14" t="s">
         <v>20</v>
       </c>
-      <c r="F4" s="9" t="s">
-[...2 lines deleted...]
-      <c r="G4" s="14" t="s">
+      <c r="E4" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="F4" s="17">
+        <v>87.5</v>
+      </c>
+      <c r="G4" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="H4" s="15" t="s">
+      <c r="H4" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="I4" s="13">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="I4" s="17">
+        <v>132.36000000000001</v>
+      </c>
+      <c r="J4" s="2" t="s">
+        <v>40</v>
       </c>
     </row>
-    <row r="5" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="B5" s="17" t="s">
+    <row r="5" spans="1:10" ht="72" x14ac:dyDescent="0.3">
+      <c r="A5" s="11" t="s">
+        <v>21</v>
+      </c>
+      <c r="B5" s="11">
+        <v>46356</v>
+      </c>
+      <c r="C5" s="13" t="s">
         <v>16</v>
       </c>
-      <c r="C5" s="17" t="s">
+      <c r="D5" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="F5" s="12" t="s">
         <v>17</v>
       </c>
-      <c r="D5" s="18" t="s">
-[...8 lines deleted...]
-      <c r="G5" s="17" t="s">
+      <c r="G5" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H5" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="I5" s="17">
-        <v>58.52</v>
+      <c r="I5" s="12">
+        <v>4</v>
       </c>
       <c r="J5" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
-    <row r="6" spans="1:10" ht="93.6" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>21</v>
+    <row r="6" spans="1:10" ht="78" x14ac:dyDescent="0.3">
+      <c r="A6" s="11">
+        <v>45887</v>
+      </c>
+      <c r="B6" s="11">
+        <v>45900</v>
+      </c>
+      <c r="C6" s="12" t="s">
+        <v>22</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H6" s="2" t="s">
         <v>11</v>
       </c>
       <c r="I6" s="1">
         <v>266.91000000000003</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
-      <c r="A7" s="3">
-[...5 lines deleted...]
-      <c r="C7" s="1" t="s">
+      <c r="A7" s="11">
+        <v>45901</v>
+      </c>
+      <c r="B7" s="11">
+        <v>46173</v>
+      </c>
+      <c r="C7" s="12" t="s">
         <v>24</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>10</v>
       </c>
       <c r="E7" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>11</v>
       </c>
       <c r="I7" s="1">
-        <v>266.91000000000003</v>
+        <v>62.27</v>
       </c>
       <c r="J7" s="2" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10" ht="93.6" x14ac:dyDescent="0.3">
+      <c r="A8" s="11">
+        <v>45901</v>
+      </c>
+      <c r="B8" s="11" t="s">
         <v>26</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C8" s="20" t="s">
+      <c r="C8" s="12" t="s">
         <v>27</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>10</v>
       </c>
       <c r="E8" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H8" s="2" t="s">
         <v>11</v>
       </c>
       <c r="I8" s="1">
-        <v>473.39</v>
+        <v>266.91000000000003</v>
       </c>
       <c r="J8" s="2" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
-      <c r="A9" s="21">
-[...5 lines deleted...]
-      <c r="C9" s="20" t="s">
+      <c r="A9" s="11">
+        <v>45931</v>
+      </c>
+      <c r="B9" s="11">
+        <v>46173</v>
+      </c>
+      <c r="C9" s="12" t="s">
         <v>30</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>10</v>
       </c>
       <c r="E9" s="2" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>13</v>
+      </c>
+      <c r="F9" s="15" t="s">
+        <v>32</v>
       </c>
       <c r="G9" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H9" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="I9" s="1">
-[...3 lines deleted...]
-        <v>32</v>
+      <c r="I9" s="10">
+        <v>54.29</v>
+      </c>
+      <c r="J9" s="15" t="s">
+        <v>29</v>
       </c>
     </row>
-    <row r="10" spans="1:10" ht="78" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>33</v>
+    <row r="10" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
+      <c r="A10" s="11">
+        <v>45931</v>
+      </c>
+      <c r="B10" s="11">
+        <v>46203</v>
+      </c>
+      <c r="C10" s="12" t="s">
+        <v>31</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>10</v>
       </c>
-      <c r="E10" s="22" t="s">
-[...2 lines deleted...]
-      <c r="F10" s="2" t="s">
+      <c r="E10" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="F10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="G10" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H10" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="I10" s="1">
+      <c r="I10" s="10">
         <v>162.16</v>
       </c>
-      <c r="J10" s="2" t="s">
-        <v>13</v>
+      <c r="J10" s="15" t="s">
+        <v>33</v>
       </c>
     </row>
     <row r="11" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
-      <c r="A11" s="21">
-[...5 lines deleted...]
-      <c r="C11" s="1" t="s">
+      <c r="A11" s="11">
+        <v>45931</v>
+      </c>
+      <c r="B11" s="11">
+        <v>46142</v>
+      </c>
+      <c r="C11" s="12" t="s">
         <v>35</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>10</v>
       </c>
-      <c r="E11" s="22" t="s">
-[...2 lines deleted...]
-      <c r="F11" s="2" t="s">
+      <c r="E11" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="F11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="G11" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H11" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="I11" s="1">
-[...2 lines deleted...]
-      <c r="J11" s="2" t="s">
+      <c r="I11" s="10">
+        <v>473.39</v>
+      </c>
+      <c r="J11" s="15" t="s">
         <v>37</v>
-      </c>
-[...254 lines deleted...]
-        <v>63</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Darbalapiai</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>2024-2025 m.</vt:lpstr>
+      <vt:lpstr>2025-2026 m.</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Sandra Mačiulienė</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>