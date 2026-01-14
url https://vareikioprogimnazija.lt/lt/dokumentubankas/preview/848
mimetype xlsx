--- v1 (2025-11-29)
+++ v2 (2026-01-14)
@@ -2,70 +2,70 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Vareikis\Desktop\Mano\ATASKAITOS\NEKILNOJAMO TURTO ATASKAITOS (el puslapyje)\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Vareikis\Desktop\SKENUOTA\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12624" tabRatio="876"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12612" tabRatio="876"/>
   </bookViews>
   <sheets>
     <sheet name="2025-2026 m." sheetId="21" r:id="rId1"/>
   </sheets>
   <calcPr calcId="152511"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="68" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="75" uniqueCount="44">
   <si>
     <t>Sutarties rūšis</t>
   </si>
   <si>
     <t>Sutarties numeris</t>
   </si>
   <si>
     <t>Sutarties data</t>
   </si>
   <si>
     <t>Unikalus numeris</t>
   </si>
   <si>
     <t>Adresas</t>
   </si>
   <si>
     <t>Sutarties šalys</t>
   </si>
   <si>
     <t>Sutarties galiojimo terminas</t>
   </si>
   <si>
     <t>Sutarties teisinis pagrindas</t>
   </si>
   <si>
@@ -144,50 +144,59 @@
     <t>II - 14.15-17.15                         40 eurų</t>
   </si>
   <si>
     <t>Nuomotoja - Jonavos Justino Vareikio progimnazija, Nuomininkas - VŠĮ ,,Tolerancija ir fizinės gerovės centras</t>
   </si>
   <si>
     <t>I -  12.00-13.30 (73)       I - 13.00 - 14.30 (76)     II -  13.00-14.30 (74)     30 eurų</t>
   </si>
   <si>
     <t>ŪP4-28/2025</t>
   </si>
   <si>
     <t>IV - 19.00 - 21.00         40 eurų</t>
   </si>
   <si>
     <t>Nuomotoja - Jonavos Justino Vareikio progimnazija, Nuomininkas - Laisvalaikio ir sporto klubas ,,Titmaras"</t>
   </si>
   <si>
     <t xml:space="preserve">Informacija apie Jonavos Justino Vareikio progimnazijos 2025-2026 m. sudarytas  nekilnojamojo turto panaudos, nuomos, pirkimo-pardavimo, patikėjimo sutartis </t>
   </si>
   <si>
     <t>ŪP4-14</t>
   </si>
   <si>
     <t>Nuomotojas -  Jonavos Justino Vareikio progimnazija, nuomininkas - UAB ,,Lanėja"</t>
+  </si>
+  <si>
+    <t>ŪP4-36/2025</t>
+  </si>
+  <si>
+    <t>III - 15.40 - 17.40         40 eurų</t>
+  </si>
+  <si>
+    <t>Nuomotoja - Jonavos Justino Vareikio progimnazija, Nuomininkas - VŠĮ ,,Edukaciniai renginiai"</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Times New Roman"/>
@@ -317,64 +326,64 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...10 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Įprastas" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
   <a:themeElements>
@@ -654,154 +663,154 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:J11"/>
+  <dimension ref="A1:J12"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="82" zoomScaleNormal="82" workbookViewId="0">
-      <selection activeCell="D6" sqref="D6"/>
+    <sheetView tabSelected="1" topLeftCell="A4" zoomScale="82" zoomScaleNormal="82" workbookViewId="0">
+      <selection activeCell="D16" sqref="D16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="17.44140625" customWidth="1"/>
     <col min="2" max="2" width="15.88671875" customWidth="1"/>
     <col min="3" max="3" width="14.109375" customWidth="1"/>
     <col min="4" max="4" width="12.88671875" style="8" customWidth="1"/>
     <col min="5" max="5" width="31.88671875" customWidth="1"/>
     <col min="6" max="6" width="21.44140625" customWidth="1"/>
     <col min="7" max="7" width="31.33203125" customWidth="1"/>
     <col min="8" max="8" width="26.44140625" customWidth="1"/>
     <col min="9" max="9" width="14.109375" customWidth="1"/>
     <col min="10" max="10" width="32" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="18" x14ac:dyDescent="0.3">
-      <c r="A1" s="16" t="s">
+      <c r="A1" s="20" t="s">
         <v>38</v>
       </c>
-      <c r="B1" s="16"/>
-[...7 lines deleted...]
-      <c r="J1" s="16"/>
+      <c r="B1" s="20"/>
+      <c r="C1" s="20"/>
+      <c r="D1" s="20"/>
+      <c r="E1" s="20"/>
+      <c r="F1" s="20"/>
+      <c r="G1" s="20"/>
+      <c r="H1" s="20"/>
+      <c r="I1" s="20"/>
+      <c r="J1" s="20"/>
     </row>
     <row r="2" spans="1:10" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A2" s="3"/>
       <c r="B2" s="4"/>
       <c r="C2" s="4"/>
       <c r="D2" s="4"/>
       <c r="E2" s="4"/>
       <c r="F2" s="4"/>
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
       <c r="I2" s="4"/>
       <c r="J2" s="4"/>
     </row>
     <row r="3" spans="1:10" ht="47.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A3" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="6" t="s">
         <v>6</v>
       </c>
       <c r="C3" s="6" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="6" t="s">
         <v>0</v>
       </c>
       <c r="E3" s="6" t="s">
         <v>7</v>
       </c>
       <c r="F3" s="6" t="s">
         <v>8</v>
       </c>
       <c r="G3" s="6" t="s">
         <v>4</v>
       </c>
       <c r="H3" s="6" t="s">
         <v>3</v>
       </c>
       <c r="I3" s="6" t="s">
         <v>9</v>
       </c>
       <c r="J3" s="7" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:10" ht="72" x14ac:dyDescent="0.3">
-      <c r="A4" s="18">
+      <c r="A4" s="17">
         <v>45170</v>
       </c>
-      <c r="B4" s="19">
+      <c r="B4" s="18">
         <v>46996</v>
       </c>
-      <c r="C4" s="20" t="s">
+      <c r="C4" s="19" t="s">
         <v>39</v>
       </c>
       <c r="D4" s="14" t="s">
         <v>20</v>
       </c>
       <c r="E4" s="9" t="s">
         <v>19</v>
       </c>
-      <c r="F4" s="17">
+      <c r="F4" s="16">
         <v>87.5</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H4" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="I4" s="17">
+      <c r="I4" s="16">
         <v>132.36000000000001</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:10" ht="72" x14ac:dyDescent="0.3">
       <c r="A5" s="11" t="s">
         <v>21</v>
       </c>
       <c r="B5" s="11">
         <v>46356</v>
       </c>
       <c r="C5" s="13" t="s">
         <v>16</v>
       </c>
       <c r="D5" s="14" t="s">
         <v>20</v>
       </c>
       <c r="E5" s="9" t="s">
         <v>19</v>
       </c>
       <c r="F5" s="12" t="s">
         <v>17</v>
       </c>
@@ -986,50 +995,82 @@
         <v>46142</v>
       </c>
       <c r="C11" s="12" t="s">
         <v>35</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>10</v>
       </c>
       <c r="E11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="G11" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H11" s="2" t="s">
         <v>11</v>
       </c>
       <c r="I11" s="10">
         <v>473.39</v>
       </c>
       <c r="J11" s="15" t="s">
         <v>37</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
+      <c r="A12" s="11">
+        <v>45992</v>
+      </c>
+      <c r="B12" s="11">
+        <v>46173</v>
+      </c>
+      <c r="C12" s="12" t="s">
+        <v>41</v>
+      </c>
+      <c r="D12" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="E12" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="F12" s="15" t="s">
+        <v>42</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="H12" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I12" s="10">
+        <v>54.29</v>
+      </c>
+      <c r="J12" s="15" t="s">
+        <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Darbalapiai</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>