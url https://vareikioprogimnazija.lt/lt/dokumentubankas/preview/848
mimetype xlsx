--- v2 (2026-01-14)
+++ v3 (2026-02-28)
@@ -6,66 +6,66 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Vareikis\Desktop\SKENUOTA\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12612" tabRatio="876"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12435" tabRatio="876"/>
   </bookViews>
   <sheets>
     <sheet name="2025-2026 m." sheetId="21" r:id="rId1"/>
   </sheets>
   <calcPr calcId="152511"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="75" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="82" uniqueCount="48">
   <si>
     <t>Sutarties rūšis</t>
   </si>
   <si>
     <t>Sutarties numeris</t>
   </si>
   <si>
     <t>Sutarties data</t>
   </si>
   <si>
     <t>Unikalus numeris</t>
   </si>
   <si>
     <t>Adresas</t>
   </si>
   <si>
     <t>Sutarties šalys</t>
   </si>
   <si>
     <t>Sutarties galiojimo terminas</t>
   </si>
   <si>
     <t>Sutarties teisinis pagrindas</t>
   </si>
   <si>
@@ -153,50 +153,62 @@
     <t>ŪP4-28/2025</t>
   </si>
   <si>
     <t>IV - 19.00 - 21.00         40 eurų</t>
   </si>
   <si>
     <t>Nuomotoja - Jonavos Justino Vareikio progimnazija, Nuomininkas - Laisvalaikio ir sporto klubas ,,Titmaras"</t>
   </si>
   <si>
     <t xml:space="preserve">Informacija apie Jonavos Justino Vareikio progimnazijos 2025-2026 m. sudarytas  nekilnojamojo turto panaudos, nuomos, pirkimo-pardavimo, patikėjimo sutartis </t>
   </si>
   <si>
     <t>ŪP4-14</t>
   </si>
   <si>
     <t>Nuomotojas -  Jonavos Justino Vareikio progimnazija, nuomininkas - UAB ,,Lanėja"</t>
   </si>
   <si>
     <t>ŪP4-36/2025</t>
   </si>
   <si>
     <t>III - 15.40 - 17.40         40 eurų</t>
   </si>
   <si>
     <t>Nuomotoja - Jonavos Justino Vareikio progimnazija, Nuomininkas - VŠĮ ,,Edukaciniai renginiai"</t>
+  </si>
+  <si>
+    <t>ŪP4-1/2026</t>
+  </si>
+  <si>
+    <t>III - 10.45 - 11.45         26 eurų</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kauno g. 7, Kulvos k., Jonavos r. </t>
+  </si>
+  <si>
+    <t>4696-2008-5028</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Times New Roman"/>
@@ -663,414 +675,446 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:J12"/>
+  <dimension ref="A1:J13"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A4" zoomScale="82" zoomScaleNormal="82" workbookViewId="0">
-      <selection activeCell="D16" sqref="D16"/>
+    <sheetView tabSelected="1" topLeftCell="A10" zoomScale="82" zoomScaleNormal="82" workbookViewId="0">
+      <selection activeCell="L27" sqref="L27"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="17.44140625" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="9" max="9" width="14.109375" customWidth="1"/>
+    <col min="1" max="1" width="17.42578125" customWidth="1"/>
+    <col min="2" max="2" width="15.85546875" customWidth="1"/>
+    <col min="3" max="3" width="14.140625" customWidth="1"/>
+    <col min="4" max="4" width="12.85546875" style="8" customWidth="1"/>
+    <col min="5" max="5" width="31.85546875" customWidth="1"/>
+    <col min="6" max="6" width="21.42578125" customWidth="1"/>
+    <col min="7" max="7" width="31.28515625" customWidth="1"/>
+    <col min="8" max="8" width="26.42578125" customWidth="1"/>
+    <col min="9" max="9" width="14.140625" customWidth="1"/>
     <col min="10" max="10" width="32" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="18" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:10" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A1" s="20" t="s">
         <v>38</v>
       </c>
       <c r="B1" s="20"/>
       <c r="C1" s="20"/>
       <c r="D1" s="20"/>
       <c r="E1" s="20"/>
       <c r="F1" s="20"/>
       <c r="G1" s="20"/>
       <c r="H1" s="20"/>
       <c r="I1" s="20"/>
       <c r="J1" s="20"/>
     </row>
-    <row r="2" spans="1:10" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:10" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="3"/>
       <c r="B2" s="4"/>
       <c r="C2" s="4"/>
       <c r="D2" s="4"/>
       <c r="E2" s="4"/>
       <c r="F2" s="4"/>
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
       <c r="I2" s="4"/>
       <c r="J2" s="4"/>
     </row>
-    <row r="3" spans="1:10" ht="47.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:10" ht="48" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A3" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="6" t="s">
         <v>6</v>
       </c>
       <c r="C3" s="6" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="6" t="s">
         <v>0</v>
       </c>
       <c r="E3" s="6" t="s">
         <v>7</v>
       </c>
       <c r="F3" s="6" t="s">
         <v>8</v>
       </c>
       <c r="G3" s="6" t="s">
         <v>4</v>
       </c>
       <c r="H3" s="6" t="s">
         <v>3</v>
       </c>
       <c r="I3" s="6" t="s">
         <v>9</v>
       </c>
       <c r="J3" s="7" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="4" spans="1:10" ht="72" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:10" ht="75" x14ac:dyDescent="0.25">
       <c r="A4" s="17">
         <v>45170</v>
       </c>
       <c r="B4" s="18">
         <v>46996</v>
       </c>
       <c r="C4" s="19" t="s">
         <v>39</v>
       </c>
       <c r="D4" s="14" t="s">
         <v>20</v>
       </c>
       <c r="E4" s="9" t="s">
         <v>19</v>
       </c>
       <c r="F4" s="16">
         <v>87.5</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H4" s="2" t="s">
         <v>11</v>
       </c>
       <c r="I4" s="16">
         <v>132.36000000000001</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="5" spans="1:10" ht="72" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:10" ht="75" x14ac:dyDescent="0.25">
       <c r="A5" s="11" t="s">
         <v>21</v>
       </c>
       <c r="B5" s="11">
         <v>46356</v>
       </c>
       <c r="C5" s="13" t="s">
         <v>16</v>
       </c>
       <c r="D5" s="14" t="s">
         <v>20</v>
       </c>
       <c r="E5" s="9" t="s">
         <v>19</v>
       </c>
       <c r="F5" s="12" t="s">
         <v>17</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H5" s="2" t="s">
         <v>11</v>
       </c>
       <c r="I5" s="12">
         <v>4</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="6" spans="1:10" ht="78" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:10" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A6" s="11">
         <v>45887</v>
       </c>
       <c r="B6" s="11">
         <v>45900</v>
       </c>
       <c r="C6" s="12" t="s">
         <v>22</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H6" s="2" t="s">
         <v>11</v>
       </c>
       <c r="I6" s="1">
         <v>266.91000000000003</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="7" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:10" ht="63" x14ac:dyDescent="0.25">
       <c r="A7" s="11">
         <v>45901</v>
       </c>
       <c r="B7" s="11">
         <v>46173</v>
       </c>
       <c r="C7" s="12" t="s">
         <v>24</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>10</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>11</v>
       </c>
       <c r="I7" s="1">
         <v>62.27</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="8" spans="1:10" ht="93.6" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:10" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A8" s="11">
         <v>45901</v>
       </c>
       <c r="B8" s="11" t="s">
         <v>26</v>
       </c>
       <c r="C8" s="12" t="s">
         <v>27</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>10</v>
       </c>
       <c r="E8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H8" s="2" t="s">
         <v>11</v>
       </c>
       <c r="I8" s="1">
         <v>266.91000000000003</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="9" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:10" ht="63" x14ac:dyDescent="0.25">
       <c r="A9" s="11">
         <v>45931</v>
       </c>
       <c r="B9" s="11">
         <v>46173</v>
       </c>
       <c r="C9" s="12" t="s">
         <v>30</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>10</v>
       </c>
       <c r="E9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="15" t="s">
         <v>32</v>
       </c>
       <c r="G9" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H9" s="2" t="s">
         <v>11</v>
       </c>
       <c r="I9" s="10">
         <v>54.29</v>
       </c>
       <c r="J9" s="15" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="10" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:10" ht="63" x14ac:dyDescent="0.25">
       <c r="A10" s="11">
         <v>45931</v>
       </c>
       <c r="B10" s="11">
         <v>46203</v>
       </c>
       <c r="C10" s="12" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>10</v>
       </c>
       <c r="E10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="G10" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H10" s="2" t="s">
         <v>11</v>
       </c>
       <c r="I10" s="10">
         <v>162.16</v>
       </c>
       <c r="J10" s="15" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="11" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:10" ht="63" x14ac:dyDescent="0.25">
       <c r="A11" s="11">
         <v>45931</v>
       </c>
       <c r="B11" s="11">
         <v>46142</v>
       </c>
       <c r="C11" s="12" t="s">
         <v>35</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>10</v>
       </c>
       <c r="E11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="G11" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H11" s="2" t="s">
         <v>11</v>
       </c>
       <c r="I11" s="10">
         <v>473.39</v>
       </c>
       <c r="J11" s="15" t="s">
         <v>37</v>
       </c>
     </row>
-    <row r="12" spans="1:10" ht="62.4" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:10" ht="63" x14ac:dyDescent="0.25">
       <c r="A12" s="11">
         <v>45992</v>
       </c>
       <c r="B12" s="11">
         <v>46173</v>
       </c>
       <c r="C12" s="12" t="s">
         <v>41</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>10</v>
       </c>
       <c r="E12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="F12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="G12" s="1" t="s">
         <v>12</v>
       </c>
       <c r="H12" s="2" t="s">
         <v>11</v>
       </c>
       <c r="I12" s="10">
         <v>54.29</v>
       </c>
       <c r="J12" s="15" t="s">
         <v>43</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10" ht="63" x14ac:dyDescent="0.25">
+      <c r="A13" s="11">
+        <v>46053</v>
+      </c>
+      <c r="B13" s="11">
+        <v>46173</v>
+      </c>
+      <c r="C13" s="12" t="s">
+        <v>44</v>
+      </c>
+      <c r="D13" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="E13" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="F13" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="H13" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="I13" s="10">
+        <v>40</v>
+      </c>
+      <c r="J13" s="15" t="s">
+        <v>29</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:J1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Darbalapiai</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>